--- v0 (2025-10-03)
+++ v1 (2026-03-29)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="388CC7BE" w14:textId="77777777" w:rsidR="00005747" w:rsidRPr="00C805F7" w:rsidRDefault="00C805F7" w:rsidP="00C805F7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C805F7">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>CERTIFICATE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BD7A01D" w14:textId="77777777" w:rsidR="00C805F7" w:rsidRPr="00C805F7" w:rsidRDefault="00C805F7" w:rsidP="00C805F7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A263513" w14:textId="17FBC815" w:rsidR="00C805F7" w:rsidRDefault="008A3410" w:rsidP="00950A8B">
+    <w:p w14:paraId="6A263513" w14:textId="5D9211BF" w:rsidR="00C805F7" w:rsidRDefault="008A3410" w:rsidP="00950A8B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C805F7">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>SUBJECT</w:t>
       </w:r>
       <w:r w:rsidR="00C805F7" w:rsidRPr="00C805F7">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -111,118 +111,74 @@
         </w:rPr>
         <w:t xml:space="preserve">TENTATIVE SENIORITY LIST OF </w:t>
       </w:r>
       <w:r w:rsidR="00097DCC">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ASSISTANT</w:t>
       </w:r>
       <w:r w:rsidR="00097DCC" w:rsidRPr="008A3410">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> DIRECTOR I.T </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00097DCC">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">   (</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00097DCC">
+        <w:t xml:space="preserve">   (BPS-17) AS STOOD ON </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF36B5">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">BPS-17) AS STOOD ON </w:t>
-[...44 lines deleted...]
-      </w:r>
+        <w:t>31-12</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00484E8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
       <w:r w:rsidR="008653B5">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00097DCC" w:rsidRPr="008A3410">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -815,245 +771,237 @@
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00634D8E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r w:rsidR="00CE1B0A" w:rsidRPr="00634D8E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00634D8E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>:-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00634D8E">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00CE1B0A" w:rsidRPr="00634D8E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00634D8E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Additional Sheet may be used, if required, please. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C805F7" w:rsidRPr="00634D8E" w:rsidSect="00A20799">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1152" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00507C7F"/>
     <w:rsid w:val="00005747"/>
     <w:rsid w:val="000119F3"/>
     <w:rsid w:val="0001466B"/>
     <w:rsid w:val="000454BB"/>
     <w:rsid w:val="00097DCC"/>
     <w:rsid w:val="001A405D"/>
     <w:rsid w:val="001B00A6"/>
     <w:rsid w:val="001E25B5"/>
     <w:rsid w:val="001E4E33"/>
     <w:rsid w:val="001F06E0"/>
     <w:rsid w:val="00290E3A"/>
     <w:rsid w:val="002D045C"/>
     <w:rsid w:val="00352128"/>
     <w:rsid w:val="0046580B"/>
     <w:rsid w:val="00482665"/>
     <w:rsid w:val="00484E8D"/>
     <w:rsid w:val="004C1327"/>
     <w:rsid w:val="00507C7F"/>
     <w:rsid w:val="005550C7"/>
     <w:rsid w:val="006156F2"/>
     <w:rsid w:val="00634D8E"/>
     <w:rsid w:val="00637EAD"/>
     <w:rsid w:val="007D4E03"/>
     <w:rsid w:val="007E014C"/>
     <w:rsid w:val="007E4D10"/>
     <w:rsid w:val="008653B5"/>
     <w:rsid w:val="008A13A3"/>
     <w:rsid w:val="008A3410"/>
     <w:rsid w:val="008A4BC1"/>
     <w:rsid w:val="00932BFA"/>
     <w:rsid w:val="00950A8B"/>
     <w:rsid w:val="0098429B"/>
     <w:rsid w:val="009A4480"/>
     <w:rsid w:val="00A20799"/>
     <w:rsid w:val="00A608B0"/>
     <w:rsid w:val="00A926C0"/>
     <w:rsid w:val="00AC037A"/>
+    <w:rsid w:val="00AF36B5"/>
     <w:rsid w:val="00B87799"/>
     <w:rsid w:val="00BF2A9C"/>
     <w:rsid w:val="00C805F7"/>
     <w:rsid w:val="00CE1B0A"/>
     <w:rsid w:val="00CE3608"/>
     <w:rsid w:val="00DB32A7"/>
     <w:rsid w:val="00DF4352"/>
     <w:rsid w:val="00DF43AA"/>
     <w:rsid w:val="00E132BA"/>
     <w:rsid w:val="00E45254"/>
     <w:rsid w:val="00E921F1"/>
     <w:rsid w:val="00EF0F99"/>
     <w:rsid w:val="00F27E72"/>
     <w:rsid w:val="00F776C2"/>
     <w:rsid w:val="00F9489E"/>
     <w:rsid w:val="00F95D6D"/>
     <w:rsid w:val="00FB04E1"/>
     <w:rsid w:val="00FF0B08"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="16A17E1F"/>
   <w15:docId w15:val="{8F448B01-C409-407A-A30B-06A21D36619A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1381,111 +1329,113 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00C805F7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>